--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="875" uniqueCount="423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1083" uniqueCount="509">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -556,50 +556,132 @@
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/45_promover_um_leilao_publico_destinado_a_alienacao_de_todos_os_veiculos_da_frota_municipal__herbert.pdf</t>
   </si>
   <si>
     <t>Que avalie a viabilidade de promover um leilão público destinado à alienação de todos os veículos da frota municipal que não estejam mais em uso — sejam eles carros, ônibus, ambulâncias, caminhões ou quaisquer outros — considerados sucateados, inservíveis ou com alto custo de manutenção, e que já não atendem às necessidades administrativas e operacionais do município.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/46_construcao_de_banheiros_e_ampliacao_da_iluminacao_da_comportinha_joao_batista_machado.pdf</t>
   </si>
   <si>
     <t>Andamento urgente das obras para a construção de banheiros e a ampliação da iluminação pública na área que recebeu a extensão do espaço da "Comportinha".</t>
   </si>
   <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/47_casa_de_apoio_na_cidade_de_barretossp_destinada_a_acolher_os_pacientes_planurenses_em_tratamento_de_cancer__herbert.pdf</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de firmar parceria ou adquirir uma casa de apoio na cidade de Barretos/SP, destinada a acolher os pacientes planurenses em tratamento de câncer, bem como seus familiares acompanhantes.</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Juninho Macaxeira</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/48_recapeamento_asfaltico_das_vias_do_bairro_aldeia_do_vale_joao_martins.pdf</t>
+  </si>
+  <si>
+    <t>que determine ao setor competente a realização de estudos técnicos com o objetivo de viabilizar o recapeamento asfáltico das vias do Bairro Aldeia_x000D_
+do Vale, para posterior inclusão no cronograma de obras da Prefeitura, conforme disponibilidade orçamentária.</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Tarcisio Pimenta, Camila Arapuá</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/49_regulamenta_o_exercicio_da_profissao_de_condutor_de_ambulancia_no_territorio_nacional_tarcisio.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo “que o Poder Executivo adote as providências necessárias para a adequação integral do Município de Planura às disposições da Lei Federal nº 15.250, de 3 de novembro de 2025, que regulamenta o exercício da profissão de Condutor de Ambulância no território nacional.</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Ramiro Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/50_implantacao_redutor_de_velocidade_na_rua_artur_pinto_de_oliveira_ramiro.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam adotadas as providências necessárias para a implantação de uma lombada (redutor de velocidade) na Rua Artur Pinto de Oliveira, nas proximidades dos números 162 e 163, trecho localizado entre as ruas Uberaba e Belo Horizonte.</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/51_construcao_de_banheiros_publicos_acessivel_na_praca_rodoviaria_joao_martins.pdf</t>
+  </si>
+  <si>
+    <t>solicitando “que determine ao setor competente a realização de estudos técnicos com o objetivo de viabilizar o recapeamento asfáltico das vias do Bairro Aldeia do Vale, para posterior inclusão no cronograma de obras da Prefeitura, conforme disponibilidade orçamentária”.</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/52_ar_condicionado_no_velorio_ramiro.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam adotadas as providências necessárias para a instalação de aparelhos de ar-condicionado no Velório Municipal.</t>
+  </si>
+  <si>
     <t>922</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>f</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Finanças, Orçamento e tomada de Contas</t>
@@ -631,95 +713,104 @@
   <si>
     <t>987</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/987/plce_2_2025.pdf</t>
   </si>
   <si>
     <t>Estabelece valor mínimo para ajuizamento de Execuções Fiscais no Município de Planura/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/plce_3_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Atendimento Socioeducativo (SIMASE) de Planura/MG e dá outras providências.</t>
   </si>
   <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/pllc_4_2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Ouvidoria do Município e dá outras providências.</t>
+  </si>
+  <si>
     <t>917</t>
   </si>
   <si>
     <t>PLCS</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Substitutivo</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Controle de Endemias (ACE), nos termos da Emenda Constitucional nº 120/2022, e revoga a Lei Complementar nº 97/2024.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>Comissão  Permanente de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/plcs_2_2025.pdf</t>
   </si>
   <si>
     <t>Estabelece Valor Mínimo para o Ajuizamento de Execuções Fiscais no Município de Planura/MG.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/893/1_pl_autoriza_desafetar_via_publica_cemiterio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desafetar via pública do município, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/941/ple_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_7_de_24_de_abril_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da contratação de salva-vidas, da adoção de medidas de prevenção de afogamentos e do uso de equipamentos de segurança em clubes, balneários e estabelecimentos similares, públicos ou privados, que possuam piscinas ou áreas destinadas à recreação aquática no Município de Planura/MG.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_08_nome_de_rua_ass_1_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de ruas em homenagem a Lauro Peres e José Omar Ribeiro, localizadas no município de Planura/MG.</t>
   </si>
   <si>
     <t>947</t>
@@ -772,66 +863,108 @@
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/979/ple_14_2025.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações promovidas no Contrato de Consórcio Público e Estatuto do Consórcio Público Intermunicipal de Saúde da Rede de Urgência e Emergência da Macrorregião do Triângulo do Sul - Cistrisul e dá outras providências.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ple_16_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Proteção aos Animais e o Conselho Municipal de Proteção aos Animais, e dá outras providências.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ple_17_2025.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação de Planura, instituído pela Lei nº 1.071, de junho de 2015.</t>
   </si>
   <si>
-    <t>1012</t>
-[...14 lines deleted...]
-    <t>Institui o Plano Purianual do Município de Planura-MG para o quadriênio 2026-2029 e dá outras providências.</t>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>Institui o Fundo Municipal de Erradicação da Pobreza, dispõe sobre sua finalidade, estrutura, fontes de recursos e dá outras proviências.</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/ple_23.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de auxílios, subvenções, contribuições a entidades sem finalidade lucrativa e ajuda financeira às pessoas carentes no município de Planura-MG, para o exercício de 2026 e contém outras providências.</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/ple_24_2025.pdf</t>
+  </si>
+  <si>
+    <t>Normatiza o uso privativo de bem público pelo particular na modalidade concessão de uso onerosa, estabelece o processo administrativo respectivo e regulamenta os atos administrativos de gestão e fiscalização dos contratos.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/ple_25_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera os itens 3 e 19 do artigo 1º da Lei Municipal nº 540/97 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/pll_26_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Planura a conceder apoio institucional a título de auxílio financeiro específico à Associação de Pais e Amigos dos Excepcionais - APAE de Frutal-MG, para aquisição de carnes e/ou gêneros alimentícios destinadas ao 3º Leilão Beneficente, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/pl.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Serviço Público de Loteria Municipal no Município de Planura-MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/pl_-_regulamenta_o_servico_de_transporte_indi.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta o serviço de transporte individual de passageiros na modalidade táxi ou por aplicativos no município de Planura e dá outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/896/pll_1_2025.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal nº 1.139 de 26 de outubro de 2017, que Regulamenta a Concessão de Diárias aos Membros do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pll_02.pdf</t>
   </si>
@@ -1063,63 +1196,115 @@
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/pls_11_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução da extensão da faixa não edificável contígua às faixas de domínio público de rodovias e sobre a convalidação de edificações existentes no perímetro urbano do Município de Planura/MG.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/pls_12_2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei Municipal nº 1.118, de 7 de abril de 2017, que autoriza o pagamento de uniformes a servidores públicos municipais, com posterior desconto em folha para reposição ao erário municipal.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/pls_13_2025.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações promovidas no Contrato de Consórcio Público e no Estatuto do Consórcio Público Intermunicipal de Saúde da Rede de Urgência e Emergência da Macrorregião do Triângulo do Sul - Cistrisul.</t>
   </si>
   <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/pls_14_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do sentido de tráfego de vias públicas no Município de Planura/MG, estabelecendo mão única em trechos específicos.</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plos_15_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de apoio institucional à Associação de Pais e Amigos dos Excepcionais – APAE de Frutal/MG, destinado à realização do 3º Leilão Beneficente, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/pls_-_regularizar_os_espacos_publicos_ja_ocupados_por_barracas_na_praca__assinad.pdf</t>
+  </si>
+  <si>
+    <t>Normatiza o uso privativo de bem público pelo particular na modalidade concessão de uso onerosa, estabelece o processo administrativo respectivo e_x000D_
+regulamenta os atos administrativos de gestão e fiscalização dos contratos.</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/pls_17_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação dos itens 3 e 19 do art. 1º da Lei Municipal nº 540, de 20 de outubro de 1997.</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/pl_-_projeto_substitutivo_da_loa_2026_-_inclusao_das_emendas_impositivas_okk_3.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Planura/MG para o exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
     <t>973</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/973/pr_1_2025_regulamenta_lgpd.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal n. 13.709, de 14 de agosto de 2018 - Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Câmara Municipal de Planura.</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>Institui e denomina “João Pagani” a Galeria de Fotos dos Ex-Presidentes da Câmara Municipal de Planura.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Celso Cabelereiro</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/916/1_informacoes_com_gastos_final_de_ano_2024_celso.pdf</t>
   </si>
   <si>
     <t>Requerem que sejam enviadas a esta Câmara Municipal, no prazo preconizado na Lei Orgânica do Município, informações previstas sobre os gastos realizados com a realização das festividades de final de ano de 2024</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>Adriano do Raul, Celso Cabelereiro</t>
   </si>
@@ -1173,142 +1358,225 @@
   <si>
     <t>Requer envio de informações detalhadas acerca dos gastos públicos com a “Quermesse de Santo Antonio” contendo: Valor total gasto pela Administração Pública Municipal com a realização do referido evento; Relação detalhada das despesas, com identificação dos respectivos fornecedores ou prestadores de serviço, abrangendo itens como: estrutura, som, iluminação, segurança, decoração, alimentação, atrações culturais, entre outros que se fizerem pertinentes.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/993/7_arraia_nordestino_ano_2025_adriano_celso_jbm_e_ramiro.pdf</t>
   </si>
   <si>
     <t>Requer envio de informações detalhadas acerca dos gastos públicos com o “Arraiá de São João Nordestino” realizado no dia 05 de julho de 2025, no campo de terrão contendo de forma objetiva e detalhada, as seguintes informações: Valor total gasto com a realização do referido evento; Relação discriminada das despesas, especificando os valores pagos a cada fornecedor ou prestador de serviço (ex: contratação de artistas, estrutura de palco, som, iluminação, decoração, alimentação, segurança, limpeza, etc.); Fonte de recursos utilizada para custeio do evento (ex: recursos próprios, convênios, emendas parlamentares, parcerias com a iniciativa privada, entre outros).</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/994/8_carros_antigos_ano_2025_adriano_celso_jbm_e_ramiro.pdf</t>
   </si>
   <si>
     <t>Requer o envio de informações detalhadas referentes aos gastos públicos realizados com a “3ª Edição do Plan Fest Car de Carros Antigos”, contendo: Relação pormenorizada das despesas, com discriminação dos valores pagos individualmente a cada fornecedor ou prestador de serviço (ex: som, palco, iluminação, alimentação, hospedagem, decoração, segurança, limpeza, divulgação, premiações, entre outros); Indicação da fonte dos recursos utilizados (ex: recursos próprios, emendas parlamentares, convênios, parcerias privadas); Informações sobre os critérios adotados para a seleção dos fornecedores e contratados envolvidos na realização do evento.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>Ramiro Nogueira</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/9_copia_do_contrato_e_ata_empresa_alexandrina_ramiro_adriano_camila_celso_joao.pdf</t>
   </si>
   <si>
     <t>Cópia integral do instrumento contratual, referente a Ata de Registro de Preço nº 60/2025, celebrado com a empresa ALEXANDRINA LOCADORA DE VEÍCULOS LTDA, bem como Relatório Mensal referente aos serviços já realizados, contendo: quantidade de viagens realizadas por linha (rotas atendidas),_x000D_
 quilometragem efetivamente percorrida, número de alunos transportados, ocorrências registradas e medidas corretivas adotadas, se houver.</t>
   </si>
   <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>Ramiro Nogueira, Adriano do Raul, Camila Arapuá, Celso Cabelereiro, João do Telefone</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/10_informacoes_detalhadas_sobre_o_andamento_do_processo_de_regularizacao_fundiaria_adriano_camila_celso_jbm_e_ramiro1.pdf</t>
+  </si>
+  <si>
+    <t>Informações detalhadas sobre o andamento do processo de regularização fundiária, incluindo o estágio atual do processo, as etapas já concluídas e as pendentes e previsão de atendimento às famílias beneficiadas.</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/11_informacoes_acerca_da_aplicacao_da_emenda_impositiva_04-2024__joao_machado.pdf</t>
+  </si>
+  <si>
+    <t>Informações acerca da aplicação da emenda impositiva nº 4/2024 destinada ao orçamento municipal do ano-exercício de 2025 conforme previsto na Lei Orgânica do Município._x000D_
+1.	Onde e de que forma foram aplicados os recursos correspondentes à emenda impositiva de minha autoria;_x000D_
+2.	Qual o valor efetivamente empenhado, liquidado e pago até a presente data;_x000D_
+3.	Caso ainda não tenha ocorrido a execução integral da emenda, qual o cronograma previsto para sua realização.</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>João do Telefone, Adriano do Raul, Celso Cabelereiro, Ramiro Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/12_informacoes_acerca_dos_gastos_com_a_14_cavalgada__jm_celso_adriano_ramiro.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER à Mesa Diretora que se digne submeter o presente requerimento à apreciação do Plenário e, uma vez aprovado, que seja oficialmente encaminhado ao Excelentíssimo Senhor Prefeito Municipal, solicitando:_x000D_
+1.	Valor total gasto na realização da 14ª Cavalgada e Queima do Alho;_x000D_
+2.	Discriminação detalhada das despesas (palcos, som, iluminação, shows, infraestrutura, alimentação, segurança, limpeza, entre outros).</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/13_informacoes_acerca_dos_gastos_1_motor_rock_fest_de_planura_de_2025.__jm_celso_adriano_ramiro.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER à Mesa Diretora que se digne submeter o presente requerimento à apreciação do Plenário e, uma vez aprovado, que seja oficialmente encaminhado ao Excelentíssimo Senhor Prefeito Municipal, solicitando: _x000D_
+1.	Valor total destinado à realização do 1º Motor Rock Fest de Planura;_x000D_
+2.	Detalhamento das despesas efetuadas, com discriminação dos serviços e materiais contratados;_x000D_
+3.	Relação das empresas contratadas e respectivos valores pagos.</t>
+  </si>
+  <si>
     <t>915</t>
   </si>
   <si>
     <t>MOAPL</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/915/1_aplausos__tarcisio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À JOÃO MARCELO SOARES DE FREITAS.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/938/2_aplausos_jose_jefferson_bezerra_da_conceicao___tarcisio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À JOSÉ JEFFERSON BEZERRA DA CONCEIÇÃO</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/975/3_aplausos__padre_douglas__tarcisio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Reverendíssimo Padre Douglas Silva Araújo.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/998/4_aplausos_associacao_planura_da_causa_animal___tarcisio.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos Associação Planura da Causa Animal - APA.</t>
   </si>
   <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/5_aplausos_euberto_mello_tarcisio.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à EUBERTO MELLO DOS SANTOS, em reconhecimento a sua trajetória de vida e contribuição para o desenvolvimento do município.</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/6_aplausos_ao_3o_pelotao_policia_militar_tarcisio.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos ao 3º Pelotão da 300ª Companhia do 69º Batalhão Policia Militar de Planura/MG.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/7_aplausos_bruna_ramiro.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à Bruna dos Santos Ferreira.</t>
+  </si>
+  <si>
     <t>985</t>
   </si>
   <si>
     <t>EMMOD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_emenda_modificativa_ao_art._54_do_pl_da_ldo_-_2025_-_planura.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do caput e os §§ 1º e 2º do art. 54 do Projeto de Lei Substitutivo nº 10/2025 - 1º Substitutivo ao Projeto de Lei nº 4/2025 que “Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências".</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>Celso Cabelereiro, Adriano do Raul, Juninho Macaxeira, Ramiro Nogueira</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/984/2_emenda_modificativa_ao_sple_4_2025_____.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do § 1º do Art. 29 do Projeto de Lei Substitutivo nº 10/2025 - 1º Substitutivo ao Projeto de Lei nº 4/2025 que “Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências".</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>PEMLO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/904/proposta_de_emenda_a_lei_organica_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Altera o art. 145-A à Lei Orgânica do Município de Planura, que instituiu o orçamento impositivo e dispõe sobre a execução orçamentária e financeira da programação incluída por emendas individuais do Legislativo Municipal em lei orçamentária anual.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/proposta_de_atualizacao_da_lei_organica_planura-_publicada.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Estruturação, Revisão e Atualização do Texto da Lei Orgânica do Município de Planura, por Colmatação Simétrica, na Forma do art. 3° dos Atos das Disposições Constitucionais Transitórias (ADCT) da Constituição Federal de 1988.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/902/plcl_2_2025_cria_cargo_de_diretor_de_licitacoes_e_contratacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo comissionado de Diretor de Licitações e Contratações no Quadro de Servidores Públicos do Poder Legislativo de Planura.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>PCEM</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal</t>
   </si>
@@ -1639,56 +1907,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/913/7_revisao_do_decreto_no_159_de_2024_que_trata_da_cobranca_pelo_uso_do_maquinario_agricola_tarcisio_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/920/8_guarda_noturno_na_unidade_mista_e_alambrado__herbert.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/921/9_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/927/10_instalacao_de_lampadas_de_emergencia_dentro_e_fora_do_velorio__joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/928/11_contratacao_de_um_tecnico_de_seguranca_do_trabalho_para_atuar_no_ambito_da_prefeitura_municipal.__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/929/12_divulgacao_de_lista_de_medicamentos_vacinas_e_suplementos__camila.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/930/13_limpeza_e_manutencao_da_trilha_localizada_na_area_de_preservacao_de_furnas_nas_proximidades_da_comportinha_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/931/14_retorno_das_aulas_de_judo_na_rede_municipal_com_turmas_destinadas_a_criancas_adolescentes_e_adultos_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/932/15_a_viabilidade_de_aumentar_a_remuneracao_dos_conselheiros_tutelares_deste_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/933/16_instalacao_de_fraldario_de_parede__camila.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/934/17_integrar_ao_patrimonio_publico_municipal_a_rua_situada_em_frente_ao_clube_crep__vereadores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/935/18_comunicar_oficialmente_a_todos_os_orgaos_competentes_que_o_bairro_granrio_passou_a_integrar_a_area_urbana_do_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/936/19_instalacao_de_10_lombadas_no_bairro_gran_rio__ramiro__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/937/20_iluminacao_no_desembarque_dos_pescadores__herbert.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/951/21_exigencia_para_candidatos_de_processos_seletivos_passar_por_profissional_de_psicologia_herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/952/22_mudanca_no_horario_dos_lixeiros_para_periodo__herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/953/23_instalacao_de_bebedouro_daguan_praca_rodoviaria_e_lago_herbert.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/954/24_contratar_uma_nutricionista_para_atuar_na_casa_da_amizade_unidade_que_atende_regularmente_pessoas_idosas_herbert.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/955/25_estudo_tecnico_e_administrativo_para_a_concessao_do_adicional_de_periculosidade_a_todas_as_cozinheiras_que_atuam_na_rede_municipal_de_ensino__herbert.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/957/27_instalacao_de_iluminacao_publica_na_praca_localizada_na_vila_de_furnas_onde_esta_instalado_o_parque_infantil_playground_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/958/28_implantacao_faixas_de_pedestre_da_rua_paulo_brinck_no_trecho_compreendido_entre_a_avenida_uberlandia__ate_a_entrada_do_buriti_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/959/29_que_a_prefeitura_avalie_a_possibilidade_de_firmar_parceria_com_o_serpro_por_meio_da_adesao_ao_programa_prefeitura_digital_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/960/30_ampliacao_da_licenca_paternidade_para_os_servidores_municipais_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/969/31_construcao_de_meio-fio_nas_vias_publicas_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/970/32_instalacao_de_ecoponto_em_nosso_municipio_camila.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/971/33_funcionamento_da_creche_no_periodo_de_ferias_escolares___herbert.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/974/34_cronograma_e_publicacao_das_obras_municipais_herbert.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/980/35_sinalizacao_em_frente_as_escolas_herbert.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/981/36_construcao_de_lombada_na_rua_adriano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/986/37_homenagear_jose_vaneide_de_souza_lele_denominacao_de_logradouro_publico_herbert.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/995/38_reforma_geral_velorio_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/996/39_reforma_praca_tiradentes_adriano_celso_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/997/40_programa_de_caixas_dagua__herbert.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/41_doacao_de_alimentos_em_eventos_gratuitos_herbert.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/42_proibicao_de_som_alto_e_faixa_elevadas_de_frente_as_igrejas_herbert.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/43_aquisicao_de_um_caminhao_pipa_para_reforcar_o_atendimento_as_demandas_da_cidade_herbert.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/44_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/45_promover_um_leilao_publico_destinado_a_alienacao_de_todos_os_veiculos_da_frota_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/46_construcao_de_banheiros_e_ampliacao_da_iluminacao_da_comportinha_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/950/1_pdl_aprova_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/905/plc_1_regulamenta__piso_agente_comunitario_e_de_controle_de_endemia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/987/plce_2_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/plce_3_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/plcs_2_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/893/1_pl_autoriza_desafetar_via_publica_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/941/ple_ldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_7_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_08_nome_de_rua_ass_1_ok.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/947/pl_09_saude.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/949/ple_10_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/964/ple_11_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/965/ple_12_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/978/ple_13_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/979/ple_14_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ple_16_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ple_17_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1012/ple_20_2025_ploa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1013/pl_21_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/896/pll_1_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pll_02.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/899/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/900/pll_5_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pll_6_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pl.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pll_9.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pll_11_observatorio_violencia_mulher_planura.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/968/pll_12_2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/972/pll_13_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_herbert.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/pll_16_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pls_no_2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pls_3_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/961/substitutivo_4_2025_ao_pl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/962/pls_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/963/pls_6_2025_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/967/pls_7_2025_2_subst._ao_pl_10_ciminas_cljr.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plos_8.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/977/plos_9.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/983/pls_10_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/pls_11_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/pls_12_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/pls_13_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/973/pr_1_2025_regulamenta_lgpd.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/916/1_informacoes_com_gastos_final_de_ano_2024_celso.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/939/2_informacoes_com_gastos_carnaval_ano_2025_celso.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/940/3_informacoes_sobre_poste_inteligente_celso.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/991/5_informacoes_com_evento_evangelico_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/992/6_informacoes_com_festa_santo_antonio_ano_2025_jadriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/993/7_arraia_nordestino_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/994/8_carros_antigos_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/9_copia_do_contrato_e_ata_empresa_alexandrina_ramiro_adriano_camila_celso_joao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/915/1_aplausos__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/938/2_aplausos_jose_jefferson_bezerra_da_conceicao___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/975/3_aplausos__padre_douglas__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/998/4_aplausos_associacao_planura_da_causa_animal___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_emenda_modificativa_ao_art._54_do_pl_da_ldo_-_2025_-_planura.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/984/2_emenda_modificativa_ao_sple_4_2025_____.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/904/proposta_de_emenda_a_lei_organica_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/902/plcl_2_2025_cria_cargo_de_diretor_de_licitacoes_e_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/913/7_revisao_do_decreto_no_159_de_2024_que_trata_da_cobranca_pelo_uso_do_maquinario_agricola_tarcisio_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/920/8_guarda_noturno_na_unidade_mista_e_alambrado__herbert.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/921/9_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/927/10_instalacao_de_lampadas_de_emergencia_dentro_e_fora_do_velorio__joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/928/11_contratacao_de_um_tecnico_de_seguranca_do_trabalho_para_atuar_no_ambito_da_prefeitura_municipal.__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/929/12_divulgacao_de_lista_de_medicamentos_vacinas_e_suplementos__camila.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/930/13_limpeza_e_manutencao_da_trilha_localizada_na_area_de_preservacao_de_furnas_nas_proximidades_da_comportinha_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/931/14_retorno_das_aulas_de_judo_na_rede_municipal_com_turmas_destinadas_a_criancas_adolescentes_e_adultos_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/932/15_a_viabilidade_de_aumentar_a_remuneracao_dos_conselheiros_tutelares_deste_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/933/16_instalacao_de_fraldario_de_parede__camila.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/934/17_integrar_ao_patrimonio_publico_municipal_a_rua_situada_em_frente_ao_clube_crep__vereadores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/935/18_comunicar_oficialmente_a_todos_os_orgaos_competentes_que_o_bairro_granrio_passou_a_integrar_a_area_urbana_do_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/936/19_instalacao_de_10_lombadas_no_bairro_gran_rio__ramiro__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/937/20_iluminacao_no_desembarque_dos_pescadores__herbert.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/951/21_exigencia_para_candidatos_de_processos_seletivos_passar_por_profissional_de_psicologia_herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/952/22_mudanca_no_horario_dos_lixeiros_para_periodo__herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/953/23_instalacao_de_bebedouro_daguan_praca_rodoviaria_e_lago_herbert.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/954/24_contratar_uma_nutricionista_para_atuar_na_casa_da_amizade_unidade_que_atende_regularmente_pessoas_idosas_herbert.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/955/25_estudo_tecnico_e_administrativo_para_a_concessao_do_adicional_de_periculosidade_a_todas_as_cozinheiras_que_atuam_na_rede_municipal_de_ensino__herbert.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/957/27_instalacao_de_iluminacao_publica_na_praca_localizada_na_vila_de_furnas_onde_esta_instalado_o_parque_infantil_playground_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/958/28_implantacao_faixas_de_pedestre_da_rua_paulo_brinck_no_trecho_compreendido_entre_a_avenida_uberlandia__ate_a_entrada_do_buriti_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/959/29_que_a_prefeitura_avalie_a_possibilidade_de_firmar_parceria_com_o_serpro_por_meio_da_adesao_ao_programa_prefeitura_digital_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/960/30_ampliacao_da_licenca_paternidade_para_os_servidores_municipais_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/969/31_construcao_de_meio-fio_nas_vias_publicas_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/970/32_instalacao_de_ecoponto_em_nosso_municipio_camila.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/971/33_funcionamento_da_creche_no_periodo_de_ferias_escolares___herbert.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/974/34_cronograma_e_publicacao_das_obras_municipais_herbert.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/980/35_sinalizacao_em_frente_as_escolas_herbert.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/981/36_construcao_de_lombada_na_rua_adriano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/986/37_homenagear_jose_vaneide_de_souza_lele_denominacao_de_logradouro_publico_herbert.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/995/38_reforma_geral_velorio_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/996/39_reforma_praca_tiradentes_adriano_celso_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/997/40_programa_de_caixas_dagua__herbert.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/41_doacao_de_alimentos_em_eventos_gratuitos_herbert.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/42_proibicao_de_som_alto_e_faixa_elevadas_de_frente_as_igrejas_herbert.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/43_aquisicao_de_um_caminhao_pipa_para_reforcar_o_atendimento_as_demandas_da_cidade_herbert.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/44_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/45_promover_um_leilao_publico_destinado_a_alienacao_de_todos_os_veiculos_da_frota_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/46_construcao_de_banheiros_e_ampliacao_da_iluminacao_da_comportinha_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/47_casa_de_apoio_na_cidade_de_barretossp_destinada_a_acolher_os_pacientes_planurenses_em_tratamento_de_cancer__herbert.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/48_recapeamento_asfaltico_das_vias_do_bairro_aldeia_do_vale_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/49_regulamenta_o_exercicio_da_profissao_de_condutor_de_ambulancia_no_territorio_nacional_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/50_implantacao_redutor_de_velocidade_na_rua_artur_pinto_de_oliveira_ramiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/51_construcao_de_banheiros_publicos_acessivel_na_praca_rodoviaria_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/52_ar_condicionado_no_velorio_ramiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/950/1_pdl_aprova_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/905/plc_1_regulamenta__piso_agente_comunitario_e_de_controle_de_endemia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/987/plce_2_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/plce_3_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/pllc_4_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/plcs_2_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/893/1_pl_autoriza_desafetar_via_publica_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/941/ple_ldo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_7_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_08_nome_de_rua_ass_1_ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/947/pl_09_saude.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/949/ple_10_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/964/ple_11_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/965/ple_12_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/978/ple_13_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/979/ple_14_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ple_16_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ple_17_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/ple_23.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/ple_24_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/ple_25_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/pll_26_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/pl.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/pl_-_regulamenta_o_servico_de_transporte_indi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/896/pll_1_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pll_02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/899/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/900/pll_5_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pll_6_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pl.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pll_9.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pll_11_observatorio_violencia_mulher_planura.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/968/pll_12_2025_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/972/pll_13_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_herbert.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/pll_16_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pls_no_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pls_3_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/961/substitutivo_4_2025_ao_pl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/962/pls_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/963/pls_6_2025_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/967/pls_7_2025_2_subst._ao_pl_10_ciminas_cljr.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plos_8.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/977/plos_9.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/983/pls_10_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/pls_11_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/pls_12_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/pls_13_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/pls_14_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plos_15_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/pls_-_regularizar_os_espacos_publicos_ja_ocupados_por_barracas_na_praca__assinad.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/pls_17_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/pl_-_projeto_substitutivo_da_loa_2026_-_inclusao_das_emendas_impositivas_okk_3.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/973/pr_1_2025_regulamenta_lgpd.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/916/1_informacoes_com_gastos_final_de_ano_2024_celso.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/939/2_informacoes_com_gastos_carnaval_ano_2025_celso.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/940/3_informacoes_sobre_poste_inteligente_celso.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/991/5_informacoes_com_evento_evangelico_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/992/6_informacoes_com_festa_santo_antonio_ano_2025_jadriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/993/7_arraia_nordestino_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/994/8_carros_antigos_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/9_copia_do_contrato_e_ata_empresa_alexandrina_ramiro_adriano_camila_celso_joao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/10_informacoes_detalhadas_sobre_o_andamento_do_processo_de_regularizacao_fundiaria_adriano_camila_celso_jbm_e_ramiro1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/11_informacoes_acerca_da_aplicacao_da_emenda_impositiva_04-2024__joao_machado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/12_informacoes_acerca_dos_gastos_com_a_14_cavalgada__jm_celso_adriano_ramiro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/13_informacoes_acerca_dos_gastos_1_motor_rock_fest_de_planura_de_2025.__jm_celso_adriano_ramiro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/915/1_aplausos__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/938/2_aplausos_jose_jefferson_bezerra_da_conceicao___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/975/3_aplausos__padre_douglas__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/998/4_aplausos_associacao_planura_da_causa_animal___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/5_aplausos_euberto_mello_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/6_aplausos_ao_3o_pelotao_policia_militar_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/7_aplausos_bruna_ramiro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_emenda_modificativa_ao_art._54_do_pl_da_ldo_-_2025_-_planura.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/984/2_emenda_modificativa_ao_sple_4_2025_____.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/904/proposta_de_emenda_a_lei_organica_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/proposta_de_atualizacao_da_lei_organica_planura-_publicada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/902/plcl_2_2025_cria_cargo_de_diretor_de_licitacoes_e_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H110"/>
+  <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="138" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="223.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2736,1816 +3004,2492 @@
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>27</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>178</v>
       </c>
       <c r="H41" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>180</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>181</v>
       </c>
       <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="E42" t="s">
+      <c r="H42" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>185</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
         <v>186</v>
       </c>
-      <c r="E43" t="s">
+      <c r="G43" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>190</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
         <v>191</v>
       </c>
-      <c r="B44" t="s">
-[...5 lines deleted...]
-      <c r="D44" t="s">
+      <c r="G44" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>194</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>196</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="H45" t="s">
         <v>198</v>
-      </c>
-[...13 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>199</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>200</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>186</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="H46" t="s">
         <v>202</v>
-      </c>
-[...13 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>204</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>196</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="B47" t="s">
-[...5 lines deleted...]
-      <c r="D47" t="s">
+      <c r="H47" t="s">
         <v>206</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>207</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>208</v>
+      </c>
+      <c r="D48" t="s">
         <v>209</v>
       </c>
-      <c r="B48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="F48" t="s">
         <v>210</v>
       </c>
       <c r="G48" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H48" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>212</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" t="s">
         <v>213</v>
       </c>
-      <c r="B49" t="s">
-[...5 lines deleted...]
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>214</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>216</v>
       </c>
       <c r="H49" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>218</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" t="s">
         <v>219</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F50" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H50" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="D51" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E51" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F51" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="H51" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="D52" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E52" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F52" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="H52" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>22</v>
+        <v>233</v>
       </c>
       <c r="D53" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E53" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F53" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H53" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>26</v>
+        <v>208</v>
       </c>
       <c r="D54" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="E54" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>238</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>232</v>
+        <v>97</v>
       </c>
       <c r="H54" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>31</v>
+        <v>225</v>
       </c>
       <c r="D55" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="E55" t="s">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="F55" t="s">
-        <v>194</v>
+        <v>241</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="H55" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>36</v>
+        <v>225</v>
       </c>
       <c r="D56" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="E56" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="F56" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="H56" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>41</v>
+        <v>233</v>
       </c>
       <c r="D57" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="E57" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="F57" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="H57" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="E58" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="F58" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="H58" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>255</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" t="s">
+        <v>245</v>
+      </c>
+      <c r="E59" t="s">
         <v>246</v>
       </c>
-      <c r="B59" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="H59" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="D60" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="E60" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="F60" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="D61" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="E61" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="F61" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="H61" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="D62" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="E62" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="F62" t="s">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="H62" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>181</v>
+        <v>36</v>
       </c>
       <c r="D63" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E63" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F63" t="s">
-        <v>261</v>
+        <v>221</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="H63" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="D64" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E64" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="H64" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>202</v>
+        <v>45</v>
       </c>
       <c r="D65" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E65" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="H65" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>219</v>
+        <v>54</v>
       </c>
       <c r="D66" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E66" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F66" t="s">
-        <v>18</v>
+        <v>221</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="H66" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>274</v>
+        <v>58</v>
       </c>
       <c r="D67" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E67" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F67" t="s">
-        <v>18</v>
+        <v>221</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H67" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>278</v>
+        <v>80</v>
       </c>
       <c r="D68" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E68" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F68" t="s">
-        <v>18</v>
+        <v>221</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>279</v>
+        <v>97</v>
       </c>
       <c r="H68" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="D69" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E69" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="H69" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="D70" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E70" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F70" t="s">
-        <v>261</v>
+        <v>221</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H70" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="D71" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E71" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="H71" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="D72" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E72" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F72" t="s">
-        <v>261</v>
+        <v>221</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>97</v>
+        <v>294</v>
       </c>
       <c r="H72" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="D73" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E73" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="H73" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="D74" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="E74" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="F74" t="s">
-        <v>37</v>
+        <v>221</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="H74" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>41</v>
+        <v>208</v>
       </c>
       <c r="D75" t="s">
-        <v>259</v>
+        <v>303</v>
       </c>
       <c r="E75" t="s">
-        <v>260</v>
+        <v>304</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>305</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="H75" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>45</v>
+        <v>225</v>
       </c>
       <c r="D76" t="s">
-        <v>259</v>
+        <v>303</v>
       </c>
       <c r="E76" t="s">
-        <v>260</v>
+        <v>304</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>97</v>
+        <v>309</v>
       </c>
       <c r="H76" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>311</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>229</v>
+      </c>
+      <c r="D77" t="s">
         <v>303</v>
       </c>
-      <c r="B77" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E77" t="s">
-        <v>260</v>
+        <v>304</v>
       </c>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="H77" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>54</v>
+        <v>233</v>
       </c>
       <c r="D78" t="s">
-        <v>259</v>
+        <v>303</v>
       </c>
       <c r="E78" t="s">
-        <v>260</v>
+        <v>304</v>
       </c>
       <c r="F78" t="s">
         <v>18</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="H78" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>181</v>
+        <v>318</v>
       </c>
       <c r="D79" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E79" t="s">
-        <v>311</v>
+        <v>304</v>
+      </c>
+      <c r="F79" t="s">
+        <v>18</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>97</v>
+        <v>319</v>
       </c>
       <c r="H79" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>198</v>
+        <v>322</v>
       </c>
       <c r="D80" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E80" t="s">
-        <v>311</v>
+        <v>304</v>
+      </c>
+      <c r="F80" t="s">
+        <v>18</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="H80" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E81" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F81" t="s">
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="H81" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>219</v>
+        <v>17</v>
       </c>
       <c r="D82" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E82" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F82" t="s">
-        <v>194</v>
+        <v>305</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="H82" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>274</v>
+        <v>22</v>
       </c>
       <c r="D83" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E83" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F83" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="H83" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>278</v>
+        <v>26</v>
       </c>
       <c r="D84" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E84" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F84" t="s">
-        <v>194</v>
+        <v>305</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>326</v>
+        <v>97</v>
       </c>
       <c r="H84" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D85" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E85" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F85" t="s">
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="H85" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E86" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F86" t="s">
-        <v>194</v>
+        <v>37</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="H86" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="D87" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E87" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F87" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="H87" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D88" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E88" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F88" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>338</v>
+        <v>97</v>
       </c>
       <c r="H88" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="D89" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E89" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F89" t="s">
-        <v>210</v>
+        <v>18</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="H89" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D90" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E90" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F90" t="s">
-        <v>210</v>
+        <v>18</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="H90" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>41</v>
+        <v>208</v>
       </c>
       <c r="D91" t="s">
-        <v>310</v>
+        <v>354</v>
       </c>
       <c r="E91" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>355</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>347</v>
+        <v>97</v>
       </c>
       <c r="H91" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>181</v>
+        <v>225</v>
       </c>
       <c r="D92" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E92" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>355</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="H92" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>360</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>229</v>
+      </c>
+      <c r="D93" t="s">
         <v>354</v>
       </c>
-      <c r="B93" t="s">
-[...5 lines deleted...]
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>355</v>
       </c>
-      <c r="E93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F93" t="s">
-        <v>357</v>
+        <v>241</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H93" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>198</v>
+        <v>233</v>
       </c>
       <c r="D94" t="s">
+        <v>354</v>
+      </c>
+      <c r="E94" t="s">
         <v>355</v>
       </c>
-      <c r="E94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>361</v>
+        <v>221</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H94" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>202</v>
+        <v>318</v>
       </c>
       <c r="D95" t="s">
+        <v>354</v>
+      </c>
+      <c r="E95" t="s">
         <v>355</v>
       </c>
-      <c r="E95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" t="s">
-        <v>357</v>
+        <v>221</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H95" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>219</v>
+        <v>322</v>
       </c>
       <c r="D96" t="s">
+        <v>354</v>
+      </c>
+      <c r="E96" t="s">
         <v>355</v>
       </c>
-      <c r="E96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>357</v>
+        <v>221</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>97</v>
+        <v>370</v>
       </c>
       <c r="H96" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>274</v>
+        <v>10</v>
       </c>
       <c r="D97" t="s">
+        <v>354</v>
+      </c>
+      <c r="E97" t="s">
         <v>355</v>
       </c>
-      <c r="E97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>370</v>
+        <v>241</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H97" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>278</v>
+        <v>17</v>
       </c>
       <c r="D98" t="s">
+        <v>354</v>
+      </c>
+      <c r="E98" t="s">
         <v>355</v>
       </c>
-      <c r="E98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>370</v>
+        <v>221</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="H98" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D99" t="s">
+        <v>354</v>
+      </c>
+      <c r="E99" t="s">
         <v>355</v>
       </c>
-      <c r="E99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" t="s">
-        <v>370</v>
+        <v>221</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H99" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D100" t="s">
+        <v>354</v>
+      </c>
+      <c r="E100" t="s">
         <v>355</v>
       </c>
-      <c r="E100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F100" t="s">
-        <v>370</v>
+        <v>221</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H100" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D101" t="s">
+        <v>354</v>
+      </c>
+      <c r="E101" t="s">
         <v>355</v>
       </c>
-      <c r="E101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>383</v>
+        <v>241</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H101" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>181</v>
+        <v>36</v>
       </c>
       <c r="D102" t="s">
-        <v>387</v>
+        <v>354</v>
       </c>
       <c r="E102" t="s">
+        <v>355</v>
+      </c>
+      <c r="F102" t="s">
+        <v>241</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="F102" t="s">
-[...2 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>390</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>41</v>
+      </c>
+      <c r="D103" t="s">
+        <v>354</v>
+      </c>
+      <c r="E103" t="s">
+        <v>355</v>
+      </c>
+      <c r="F103" t="s">
+        <v>241</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B103" t="s">
-[...14 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>393</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>45</v>
+      </c>
+      <c r="D104" t="s">
+        <v>354</v>
+      </c>
+      <c r="E104" t="s">
+        <v>355</v>
+      </c>
+      <c r="F104" t="s">
+        <v>241</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B104" t="s">
-[...14 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>396</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>49</v>
+      </c>
+      <c r="D105" t="s">
+        <v>354</v>
+      </c>
+      <c r="E105" t="s">
+        <v>355</v>
+      </c>
+      <c r="F105" t="s">
+        <v>221</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="B105" t="s">
-[...14 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>399</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>54</v>
+      </c>
+      <c r="D106" t="s">
+        <v>354</v>
+      </c>
+      <c r="E106" t="s">
+        <v>355</v>
+      </c>
+      <c r="F106" t="s">
+        <v>221</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B106" t="s">
-[...5 lines deleted...]
-      <c r="D106" t="s">
+      <c r="H106" t="s">
         <v>401</v>
-      </c>
-[...10 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>198</v>
+        <v>58</v>
       </c>
       <c r="D107" t="s">
-        <v>401</v>
+        <v>354</v>
       </c>
       <c r="E107" t="s">
-        <v>402</v>
+        <v>355</v>
       </c>
       <c r="F107" t="s">
-        <v>406</v>
+        <v>241</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="H107" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>181</v>
+        <v>63</v>
       </c>
       <c r="D108" t="s">
-        <v>410</v>
+        <v>354</v>
       </c>
       <c r="E108" t="s">
-        <v>411</v>
+        <v>355</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>221</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="H108" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="D109" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="E109" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="F109" t="s">
-        <v>261</v>
+        <v>305</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="H109" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>181</v>
+        <v>225</v>
       </c>
       <c r="D110" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="E110" t="s">
-        <v>421</v>
+        <v>410</v>
+      </c>
+      <c r="F110" t="s">
+        <v>305</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H110" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>415</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>208</v>
+      </c>
+      <c r="D111" t="s">
+        <v>416</v>
+      </c>
+      <c r="E111" t="s">
+        <v>417</v>
+      </c>
+      <c r="F111" t="s">
+        <v>418</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H111" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>421</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>225</v>
+      </c>
+      <c r="D112" t="s">
+        <v>416</v>
+      </c>
+      <c r="E112" t="s">
+        <v>417</v>
+      </c>
+      <c r="F112" t="s">
         <v>422</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H112" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>425</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>229</v>
+      </c>
+      <c r="D113" t="s">
+        <v>416</v>
+      </c>
+      <c r="E113" t="s">
+        <v>417</v>
+      </c>
+      <c r="F113" t="s">
+        <v>418</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H113" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>428</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>233</v>
+      </c>
+      <c r="D114" t="s">
+        <v>416</v>
+      </c>
+      <c r="E114" t="s">
+        <v>417</v>
+      </c>
+      <c r="F114" t="s">
+        <v>418</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H114" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>430</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>318</v>
+      </c>
+      <c r="D115" t="s">
+        <v>416</v>
+      </c>
+      <c r="E115" t="s">
+        <v>417</v>
+      </c>
+      <c r="F115" t="s">
+        <v>431</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H115" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>434</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>322</v>
+      </c>
+      <c r="D116" t="s">
+        <v>416</v>
+      </c>
+      <c r="E116" t="s">
+        <v>417</v>
+      </c>
+      <c r="F116" t="s">
+        <v>431</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H116" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>437</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>416</v>
+      </c>
+      <c r="E117" t="s">
+        <v>417</v>
+      </c>
+      <c r="F117" t="s">
+        <v>431</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H117" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>440</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>416</v>
+      </c>
+      <c r="E118" t="s">
+        <v>417</v>
+      </c>
+      <c r="F118" t="s">
+        <v>431</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H118" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>443</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>22</v>
+      </c>
+      <c r="D119" t="s">
+        <v>416</v>
+      </c>
+      <c r="E119" t="s">
+        <v>417</v>
+      </c>
+      <c r="F119" t="s">
+        <v>196</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H119" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>446</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" t="s">
+        <v>416</v>
+      </c>
+      <c r="E120" t="s">
+        <v>417</v>
+      </c>
+      <c r="F120" t="s">
+        <v>447</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H120" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>450</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>31</v>
+      </c>
+      <c r="D121" t="s">
+        <v>416</v>
+      </c>
+      <c r="E121" t="s">
+        <v>417</v>
+      </c>
+      <c r="F121" t="s">
+        <v>27</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H121" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>453</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>36</v>
+      </c>
+      <c r="D122" t="s">
+        <v>416</v>
+      </c>
+      <c r="E122" t="s">
+        <v>417</v>
+      </c>
+      <c r="F122" t="s">
+        <v>454</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H122" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>457</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>41</v>
+      </c>
+      <c r="D123" t="s">
+        <v>416</v>
+      </c>
+      <c r="E123" t="s">
+        <v>417</v>
+      </c>
+      <c r="F123" t="s">
+        <v>454</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H123" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>460</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>208</v>
+      </c>
+      <c r="D124" t="s">
+        <v>461</v>
+      </c>
+      <c r="E124" t="s">
+        <v>462</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H124" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>465</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>225</v>
+      </c>
+      <c r="D125" t="s">
+        <v>461</v>
+      </c>
+      <c r="E125" t="s">
+        <v>462</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H125" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>468</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>229</v>
+      </c>
+      <c r="D126" t="s">
+        <v>461</v>
+      </c>
+      <c r="E126" t="s">
+        <v>462</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H126" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>471</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>233</v>
+      </c>
+      <c r="D127" t="s">
+        <v>461</v>
+      </c>
+      <c r="E127" t="s">
+        <v>462</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H127" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>474</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>318</v>
+      </c>
+      <c r="D128" t="s">
+        <v>461</v>
+      </c>
+      <c r="E128" t="s">
+        <v>462</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H128" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>477</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>322</v>
+      </c>
+      <c r="D129" t="s">
+        <v>461</v>
+      </c>
+      <c r="E129" t="s">
+        <v>462</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H129" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>480</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>10</v>
+      </c>
+      <c r="D130" t="s">
+        <v>461</v>
+      </c>
+      <c r="E130" t="s">
+        <v>462</v>
+      </c>
+      <c r="F130" t="s">
+        <v>196</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H130" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>483</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>208</v>
+      </c>
+      <c r="D131" t="s">
+        <v>484</v>
+      </c>
+      <c r="E131" t="s">
+        <v>485</v>
+      </c>
+      <c r="F131" t="s">
+        <v>241</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H131" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>488</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>225</v>
+      </c>
+      <c r="D132" t="s">
+        <v>484</v>
+      </c>
+      <c r="E132" t="s">
+        <v>485</v>
+      </c>
+      <c r="F132" t="s">
+        <v>489</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H132" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>492</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>208</v>
+      </c>
+      <c r="D133" t="s">
+        <v>493</v>
+      </c>
+      <c r="E133" t="s">
+        <v>494</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H133" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>497</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>225</v>
+      </c>
+      <c r="D134" t="s">
+        <v>493</v>
+      </c>
+      <c r="E134" t="s">
+        <v>494</v>
+      </c>
+      <c r="F134" t="s">
+        <v>305</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H134" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>500</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>225</v>
+      </c>
+      <c r="D135" t="s">
+        <v>501</v>
+      </c>
+      <c r="E135" t="s">
+        <v>502</v>
+      </c>
+      <c r="F135" t="s">
+        <v>305</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H135" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>505</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>208</v>
+      </c>
+      <c r="D136" t="s">
+        <v>506</v>
+      </c>
+      <c r="E136" t="s">
+        <v>507</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H136" t="s">
+        <v>508</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4615,50 +5559,76 @@
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>