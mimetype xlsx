--- v1 (2026-01-12)
+++ v2 (2026-02-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1083" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1147" uniqueCount="535">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1217,73 +1217,61 @@
   <si>
     <t>Ratifica as alterações promovidas no Contrato de Consórcio Público e no Estatuto do Consórcio Público Intermunicipal de Saúde da Rede de Urgência e Emergência da Macrorregião do Triângulo do Sul - Cistrisul.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/pls_14_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do sentido de tráfego de vias públicas no Município de Planura/MG, estabelecendo mão única em trechos específicos.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plos_15_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de apoio institucional à Associação de Pais e Amigos dos Excepcionais – APAE de Frutal/MG, destinado à realização do 3º Leilão Beneficente, e dá outras providências.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/pls_-_regularizar_os_espacos_publicos_ja_ocupados_por_barracas_na_praca__assinad.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Normatiza o uso privativo de bem público pelo particular na modalidade concessão de uso onerosa, estabelece o processo administrativo respectivo e_x000D_
 regulamenta os atos administrativos de gestão e fiscalização dos contratos.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/pls_17_2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos itens 3 e 19 do art. 1º da Lei Municipal nº 540, de 20 de outubro de 1997.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Estima a Receita e fixa a Despesa do Município de Planura/MG para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/973/pr_1_2025_regulamenta_lgpd.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal n. 13.709, de 14 de agosto de 2018 - Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Câmara Municipal de Planura.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>Institui e denomina “João Pagani” a Galeria de Fotos dos Ex-Presidentes da Câmara Municipal de Planura.</t>
   </si>
   <si>
     <t>916</t>
   </si>
@@ -1533,50 +1521,140 @@
     <t>Modifica a redação do § 1º do Art. 29 do Projeto de Lei Substitutivo nº 10/2025 - 1º Substitutivo ao Projeto de Lei nº 4/2025 que “Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2026, e dá outras providências".</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>PEMLO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/904/proposta_de_emenda_a_lei_organica_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Altera o art. 145-A à Lei Orgânica do Município de Planura, que instituiu o orçamento impositivo e dispõe sobre a execução orçamentária e financeira da programação incluída por emendas individuais do Legislativo Municipal em lei orçamentária anual.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/proposta_de_atualizacao_da_lei_organica_planura-_publicada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estruturação, Revisão e Atualização do Texto da Lei Orgânica do Município de Planura, por Colmatação Simétrica, na Forma do art. 3° dos Atos das Disposições Constitucionais Transitórias (ADCT) da Constituição Federal de 1988.</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>EMIMP</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/1_ei_ramiro.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 1/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/2_ei_camila.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 2/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/3_ei_joao_martins.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 3/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/4_ei_joao_machado.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 4/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/5_ei_celso.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 5/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1055/6_ei_tarcisio.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 6/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1056/7_ei_adriano.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 7/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>Nenê Turmeiro</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1057/8_ei_hueliton.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 8/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1058/9_ei_herbert____2.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA IMPOSITIVA INDIVIDUAL Nº 9/2025 ao Projeto de Lei nº 20/2025 que "Estima a receita e fixa a despesa do Município de Planura para o exercício de 2026".</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/902/plcl_2_2025_cria_cargo_de_diretor_de_licitacoes_e_contratacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo comissionado de Diretor de Licitações e Contratações no Quadro de Servidores Públicos do Poder Legislativo de Planura.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>PCEM</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal</t>
   </si>
@@ -1907,56 +1985,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/913/7_revisao_do_decreto_no_159_de_2024_que_trata_da_cobranca_pelo_uso_do_maquinario_agricola_tarcisio_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/920/8_guarda_noturno_na_unidade_mista_e_alambrado__herbert.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/921/9_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/927/10_instalacao_de_lampadas_de_emergencia_dentro_e_fora_do_velorio__joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/928/11_contratacao_de_um_tecnico_de_seguranca_do_trabalho_para_atuar_no_ambito_da_prefeitura_municipal.__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/929/12_divulgacao_de_lista_de_medicamentos_vacinas_e_suplementos__camila.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/930/13_limpeza_e_manutencao_da_trilha_localizada_na_area_de_preservacao_de_furnas_nas_proximidades_da_comportinha_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/931/14_retorno_das_aulas_de_judo_na_rede_municipal_com_turmas_destinadas_a_criancas_adolescentes_e_adultos_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/932/15_a_viabilidade_de_aumentar_a_remuneracao_dos_conselheiros_tutelares_deste_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/933/16_instalacao_de_fraldario_de_parede__camila.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/934/17_integrar_ao_patrimonio_publico_municipal_a_rua_situada_em_frente_ao_clube_crep__vereadores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/935/18_comunicar_oficialmente_a_todos_os_orgaos_competentes_que_o_bairro_granrio_passou_a_integrar_a_area_urbana_do_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/936/19_instalacao_de_10_lombadas_no_bairro_gran_rio__ramiro__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/937/20_iluminacao_no_desembarque_dos_pescadores__herbert.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/951/21_exigencia_para_candidatos_de_processos_seletivos_passar_por_profissional_de_psicologia_herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/952/22_mudanca_no_horario_dos_lixeiros_para_periodo__herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/953/23_instalacao_de_bebedouro_daguan_praca_rodoviaria_e_lago_herbert.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/954/24_contratar_uma_nutricionista_para_atuar_na_casa_da_amizade_unidade_que_atende_regularmente_pessoas_idosas_herbert.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/955/25_estudo_tecnico_e_administrativo_para_a_concessao_do_adicional_de_periculosidade_a_todas_as_cozinheiras_que_atuam_na_rede_municipal_de_ensino__herbert.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/957/27_instalacao_de_iluminacao_publica_na_praca_localizada_na_vila_de_furnas_onde_esta_instalado_o_parque_infantil_playground_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/958/28_implantacao_faixas_de_pedestre_da_rua_paulo_brinck_no_trecho_compreendido_entre_a_avenida_uberlandia__ate_a_entrada_do_buriti_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/959/29_que_a_prefeitura_avalie_a_possibilidade_de_firmar_parceria_com_o_serpro_por_meio_da_adesao_ao_programa_prefeitura_digital_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/960/30_ampliacao_da_licenca_paternidade_para_os_servidores_municipais_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/969/31_construcao_de_meio-fio_nas_vias_publicas_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/970/32_instalacao_de_ecoponto_em_nosso_municipio_camila.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/971/33_funcionamento_da_creche_no_periodo_de_ferias_escolares___herbert.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/974/34_cronograma_e_publicacao_das_obras_municipais_herbert.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/980/35_sinalizacao_em_frente_as_escolas_herbert.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/981/36_construcao_de_lombada_na_rua_adriano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/986/37_homenagear_jose_vaneide_de_souza_lele_denominacao_de_logradouro_publico_herbert.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/995/38_reforma_geral_velorio_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/996/39_reforma_praca_tiradentes_adriano_celso_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/997/40_programa_de_caixas_dagua__herbert.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/41_doacao_de_alimentos_em_eventos_gratuitos_herbert.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/42_proibicao_de_som_alto_e_faixa_elevadas_de_frente_as_igrejas_herbert.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/43_aquisicao_de_um_caminhao_pipa_para_reforcar_o_atendimento_as_demandas_da_cidade_herbert.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/44_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/45_promover_um_leilao_publico_destinado_a_alienacao_de_todos_os_veiculos_da_frota_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/46_construcao_de_banheiros_e_ampliacao_da_iluminacao_da_comportinha_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/47_casa_de_apoio_na_cidade_de_barretossp_destinada_a_acolher_os_pacientes_planurenses_em_tratamento_de_cancer__herbert.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/48_recapeamento_asfaltico_das_vias_do_bairro_aldeia_do_vale_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/49_regulamenta_o_exercicio_da_profissao_de_condutor_de_ambulancia_no_territorio_nacional_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/50_implantacao_redutor_de_velocidade_na_rua_artur_pinto_de_oliveira_ramiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/51_construcao_de_banheiros_publicos_acessivel_na_praca_rodoviaria_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/52_ar_condicionado_no_velorio_ramiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/950/1_pdl_aprova_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/905/plc_1_regulamenta__piso_agente_comunitario_e_de_controle_de_endemia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/987/plce_2_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/plce_3_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/pllc_4_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/plcs_2_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/893/1_pl_autoriza_desafetar_via_publica_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/941/ple_ldo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_7_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_08_nome_de_rua_ass_1_ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/947/pl_09_saude.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/949/ple_10_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/964/ple_11_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/965/ple_12_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/978/ple_13_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/979/ple_14_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ple_16_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ple_17_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/ple_23.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/ple_24_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/ple_25_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/pll_26_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/pl.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/pl_-_regulamenta_o_servico_de_transporte_indi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/896/pll_1_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pll_02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/899/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/900/pll_5_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pll_6_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pl.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pll_9.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pll_11_observatorio_violencia_mulher_planura.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/968/pll_12_2025_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/972/pll_13_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_herbert.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/pll_16_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pls_no_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pls_3_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/961/substitutivo_4_2025_ao_pl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/962/pls_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/963/pls_6_2025_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/967/pls_7_2025_2_subst._ao_pl_10_ciminas_cljr.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plos_8.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/977/plos_9.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/983/pls_10_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/pls_11_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/pls_12_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/pls_13_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/pls_14_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plos_15_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1040/pls_-_regularizar_os_espacos_publicos_ja_ocupados_por_barracas_na_praca__assinad.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/pls_17_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1046/pl_-_projeto_substitutivo_da_loa_2026_-_inclusao_das_emendas_impositivas_okk_3.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/973/pr_1_2025_regulamenta_lgpd.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/916/1_informacoes_com_gastos_final_de_ano_2024_celso.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/939/2_informacoes_com_gastos_carnaval_ano_2025_celso.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/940/3_informacoes_sobre_poste_inteligente_celso.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/991/5_informacoes_com_evento_evangelico_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/992/6_informacoes_com_festa_santo_antonio_ano_2025_jadriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/993/7_arraia_nordestino_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/994/8_carros_antigos_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/9_copia_do_contrato_e_ata_empresa_alexandrina_ramiro_adriano_camila_celso_joao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/10_informacoes_detalhadas_sobre_o_andamento_do_processo_de_regularizacao_fundiaria_adriano_camila_celso_jbm_e_ramiro1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/11_informacoes_acerca_da_aplicacao_da_emenda_impositiva_04-2024__joao_machado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/12_informacoes_acerca_dos_gastos_com_a_14_cavalgada__jm_celso_adriano_ramiro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/13_informacoes_acerca_dos_gastos_1_motor_rock_fest_de_planura_de_2025.__jm_celso_adriano_ramiro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/915/1_aplausos__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/938/2_aplausos_jose_jefferson_bezerra_da_conceicao___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/975/3_aplausos__padre_douglas__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/998/4_aplausos_associacao_planura_da_causa_animal___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/5_aplausos_euberto_mello_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/6_aplausos_ao_3o_pelotao_policia_militar_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/7_aplausos_bruna_ramiro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_emenda_modificativa_ao_art._54_do_pl_da_ldo_-_2025_-_planura.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/984/2_emenda_modificativa_ao_sple_4_2025_____.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/904/proposta_de_emenda_a_lei_organica_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/proposta_de_atualizacao_da_lei_organica_planura-_publicada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/902/plcl_2_2025_cria_cargo_de_diretor_de_licitacoes_e_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/913/7_revisao_do_decreto_no_159_de_2024_que_trata_da_cobranca_pelo_uso_do_maquinario_agricola_tarcisio_e_vereadores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/920/8_guarda_noturno_na_unidade_mista_e_alambrado__herbert.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/921/9_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/927/10_instalacao_de_lampadas_de_emergencia_dentro_e_fora_do_velorio__joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/928/11_contratacao_de_um_tecnico_de_seguranca_do_trabalho_para_atuar_no_ambito_da_prefeitura_municipal.__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/929/12_divulgacao_de_lista_de_medicamentos_vacinas_e_suplementos__camila.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/930/13_limpeza_e_manutencao_da_trilha_localizada_na_area_de_preservacao_de_furnas_nas_proximidades_da_comportinha_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/931/14_retorno_das_aulas_de_judo_na_rede_municipal_com_turmas_destinadas_a_criancas_adolescentes_e_adultos_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/932/15_a_viabilidade_de_aumentar_a_remuneracao_dos_conselheiros_tutelares_deste_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/933/16_instalacao_de_fraldario_de_parede__camila.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/934/17_integrar_ao_patrimonio_publico_municipal_a_rua_situada_em_frente_ao_clube_crep__vereadores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/935/18_comunicar_oficialmente_a_todos_os_orgaos_competentes_que_o_bairro_granrio_passou_a_integrar_a_area_urbana_do_municipio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/936/19_instalacao_de_10_lombadas_no_bairro_gran_rio__ramiro__joao_martins.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/937/20_iluminacao_no_desembarque_dos_pescadores__herbert.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/951/21_exigencia_para_candidatos_de_processos_seletivos_passar_por_profissional_de_psicologia_herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/952/22_mudanca_no_horario_dos_lixeiros_para_periodo__herbert__28-04.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/953/23_instalacao_de_bebedouro_daguan_praca_rodoviaria_e_lago_herbert.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/954/24_contratar_uma_nutricionista_para_atuar_na_casa_da_amizade_unidade_que_atende_regularmente_pessoas_idosas_herbert.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/955/25_estudo_tecnico_e_administrativo_para_a_concessao_do_adicional_de_periculosidade_a_todas_as_cozinheiras_que_atuam_na_rede_municipal_de_ensino__herbert.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/957/27_instalacao_de_iluminacao_publica_na_praca_localizada_na_vila_de_furnas_onde_esta_instalado_o_parque_infantil_playground_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/958/28_implantacao_faixas_de_pedestre_da_rua_paulo_brinck_no_trecho_compreendido_entre_a_avenida_uberlandia__ate_a_entrada_do_buriti_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/959/29_que_a_prefeitura_avalie_a_possibilidade_de_firmar_parceria_com_o_serpro_por_meio_da_adesao_ao_programa_prefeitura_digital_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/960/30_ampliacao_da_licenca_paternidade_para_os_servidores_municipais_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/969/31_construcao_de_meio-fio_nas_vias_publicas_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/970/32_instalacao_de_ecoponto_em_nosso_municipio_camila.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/971/33_funcionamento_da_creche_no_periodo_de_ferias_escolares___herbert.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/974/34_cronograma_e_publicacao_das_obras_municipais_herbert.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/980/35_sinalizacao_em_frente_as_escolas_herbert.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/981/36_construcao_de_lombada_na_rua_adriano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/986/37_homenagear_jose_vaneide_de_souza_lele_denominacao_de_logradouro_publico_herbert.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/995/38_reforma_geral_velorio_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/996/39_reforma_praca_tiradentes_adriano_celso_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/997/40_programa_de_caixas_dagua__herbert.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1004/41_doacao_de_alimentos_em_eventos_gratuitos_herbert.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1005/42_proibicao_de_som_alto_e_faixa_elevadas_de_frente_as_igrejas_herbert.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1015/43_aquisicao_de_um_caminhao_pipa_para_reforcar_o_atendimento_as_demandas_da_cidade_herbert.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1016/44_placas_com_nome_da_rua_na_cidade__herbert.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1017/45_promover_um_leilao_publico_destinado_a_alienacao_de_todos_os_veiculos_da_frota_municipal__herbert.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1018/46_construcao_de_banheiros_e_ampliacao_da_iluminacao_da_comportinha_joao_batista_machado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1021/47_casa_de_apoio_na_cidade_de_barretossp_destinada_a_acolher_os_pacientes_planurenses_em_tratamento_de_cancer__herbert.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1048/48_recapeamento_asfaltico_das_vias_do_bairro_aldeia_do_vale_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1034/49_regulamenta_o_exercicio_da_profissao_de_condutor_de_ambulancia_no_territorio_nacional_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1038/50_implantacao_redutor_de_velocidade_na_rua_artur_pinto_de_oliveira_ramiro.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1031/51_construcao_de_banheiros_publicos_acessivel_na_praca_rodoviaria_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1049/52_ar_condicionado_no_velorio_ramiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/950/1_pdl_aprova_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/905/plc_1_regulamenta__piso_agente_comunitario_e_de_controle_de_endemia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/987/plce_2_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1007/plce_3_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1032/pllc_4_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1003/plcs_2_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/893/1_pl_autoriza_desafetar_via_publica_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/941/ple_ldo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/944/projeto_de_lei_no_7_de_24_de_abril_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/945/projeto_de_lei_08_nome_de_rua_ass_1_ok.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/947/pl_09_saude.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/949/ple_10_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/964/ple_11_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/965/ple_12_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/978/ple_13_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/979/ple_14_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1006/ple_16_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1008/ple_17_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1020/ple_23.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1025/ple_24_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1033/ple_25_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1036/pll_26_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1042/pl.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1047/pl_-_regulamenta_o_servico_de_transporte_indi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/896/pll_1_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pll_02.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/899/pll_3_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/900/pll_5_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pll_6_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pl.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pll_8_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pll_9.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/966/pll_11_observatorio_violencia_mulher_planura.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/968/pll_12_2025_2.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/972/pll_13_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/989/projeto_herbert.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1014/pll_16_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pls_no_2.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pls_3_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/961/substitutivo_4_2025_ao_pl_10_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/962/pls_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/963/pls_6_2025_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/967/pls_7_2025_2_subst._ao_pl_10_ciminas_cljr.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plos_8.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/977/plos_9.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/983/pls_10_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1000/pls_11_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1001/pls_12_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1002/pls_13_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1023/pls_14_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1037/plos_15_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1041/pls_17_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/973/pr_1_2025_regulamenta_lgpd.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/916/1_informacoes_com_gastos_final_de_ano_2024_celso.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/939/2_informacoes_com_gastos_carnaval_ano_2025_celso.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/940/3_informacoes_sobre_poste_inteligente_celso.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/991/5_informacoes_com_evento_evangelico_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/992/6_informacoes_com_festa_santo_antonio_ano_2025_jadriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/993/7_arraia_nordestino_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/994/8_carros_antigos_ano_2025_adriano_celso_jbm_e_ramiro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1009/9_copia_do_contrato_e_ata_empresa_alexandrina_ramiro_adriano_camila_celso_joao.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1022/10_informacoes_detalhadas_sobre_o_andamento_do_processo_de_regularizacao_fundiaria_adriano_camila_celso_jbm_e_ramiro1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1024/11_informacoes_acerca_da_aplicacao_da_emenda_impositiva_04-2024__joao_machado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1029/12_informacoes_acerca_dos_gastos_com_a_14_cavalgada__jm_celso_adriano_ramiro.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1030/13_informacoes_acerca_dos_gastos_1_motor_rock_fest_de_planura_de_2025.__jm_celso_adriano_ramiro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/915/1_aplausos__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/938/2_aplausos_jose_jefferson_bezerra_da_conceicao___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/975/3_aplausos__padre_douglas__tarcisio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/998/4_aplausos_associacao_planura_da_causa_animal___tarcisio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1026/5_aplausos_euberto_mello_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1028/6_aplausos_ao_3o_pelotao_policia_militar_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1039/7_aplausos_bruna_ramiro.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_emenda_modificativa_ao_art._54_do_pl_da_ldo_-_2025_-_planura.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/984/2_emenda_modificativa_ao_sple_4_2025_____.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/904/proposta_de_emenda_a_lei_organica_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1035/proposta_de_atualizacao_da_lei_organica_planura-_publicada.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1050/1_ei_ramiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1051/2_ei_camila.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1052/3_ei_joao_martins.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1053/4_ei_joao_machado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1054/5_ei_celso.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1055/6_ei_tarcisio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1056/7_ei_adriano.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1057/8_ei_hueliton.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/1058/9_ei_herbert____2.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/sapl/public/materialegislativa/2025/902/plcl_2_2025_cria_cargo_de_diretor_de_licitacoes_e_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.planura.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H136"/>
+  <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="138" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="223.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4665,831 +4743,1039 @@
       </c>
       <c r="H105" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>399</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>54</v>
       </c>
       <c r="D106" t="s">
         <v>354</v>
       </c>
       <c r="E106" t="s">
         <v>355</v>
       </c>
       <c r="F106" t="s">
         <v>221</v>
       </c>
       <c r="G106" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H106" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>58</v>
       </c>
       <c r="D107" t="s">
         <v>354</v>
       </c>
       <c r="E107" t="s">
         <v>355</v>
       </c>
       <c r="F107" t="s">
         <v>241</v>
       </c>
       <c r="G107" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H107" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>404</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>208</v>
+      </c>
+      <c r="D108" t="s">
         <v>405</v>
       </c>
-      <c r="B108" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>355</v>
+        <v>406</v>
       </c>
       <c r="F108" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H108" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="D109" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="E109" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="F109" t="s">
         <v>305</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>411</v>
+        <v>97</v>
       </c>
       <c r="H109" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>411</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>208</v>
+      </c>
+      <c r="D110" t="s">
+        <v>412</v>
+      </c>
+      <c r="E110" t="s">
         <v>413</v>
       </c>
-      <c r="B110" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F110" t="s">
-        <v>305</v>
+        <v>414</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>97</v>
+        <v>415</v>
       </c>
       <c r="H110" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="D111" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E111" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F111" t="s">
         <v>418</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>419</v>
       </c>
       <c r="H111" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>421</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D112" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E112" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F112" t="s">
+        <v>414</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>424</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>233</v>
+      </c>
+      <c r="D113" t="s">
+        <v>412</v>
+      </c>
+      <c r="E113" t="s">
+        <v>413</v>
+      </c>
+      <c r="F113" t="s">
+        <v>414</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H113" t="s">
         <v>425</v>
-      </c>
-[...19 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>426</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>318</v>
+      </c>
+      <c r="D114" t="s">
+        <v>412</v>
+      </c>
+      <c r="E114" t="s">
+        <v>413</v>
+      </c>
+      <c r="F114" t="s">
+        <v>427</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>428</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H114" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>430</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D115" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E115" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F115" t="s">
+        <v>427</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>433</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>10</v>
+      </c>
+      <c r="D116" t="s">
+        <v>412</v>
+      </c>
+      <c r="E116" t="s">
+        <v>413</v>
+      </c>
+      <c r="F116" t="s">
+        <v>427</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B116" t="s">
-[...14 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>436</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>17</v>
+      </c>
+      <c r="D117" t="s">
+        <v>412</v>
+      </c>
+      <c r="E117" t="s">
+        <v>413</v>
+      </c>
+      <c r="F117" t="s">
+        <v>427</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B117" t="s">
-[...14 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>439</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>22</v>
+      </c>
+      <c r="D118" t="s">
+        <v>412</v>
+      </c>
+      <c r="E118" t="s">
+        <v>413</v>
+      </c>
+      <c r="F118" t="s">
+        <v>196</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B118" t="s">
-[...14 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>442</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>26</v>
+      </c>
+      <c r="D119" t="s">
+        <v>412</v>
+      </c>
+      <c r="E119" t="s">
+        <v>413</v>
+      </c>
+      <c r="F119" t="s">
         <v>443</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>444</v>
       </c>
       <c r="H119" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>446</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D120" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E120" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F120" t="s">
+        <v>27</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="G120" s="1" t="s">
+      <c r="H120" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>449</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>36</v>
+      </c>
+      <c r="D121" t="s">
+        <v>412</v>
+      </c>
+      <c r="E121" t="s">
+        <v>413</v>
+      </c>
+      <c r="F121" t="s">
         <v>450</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>451</v>
       </c>
       <c r="H121" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>453</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D122" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="E122" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F122" t="s">
+        <v>450</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>456</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>208</v>
+      </c>
+      <c r="D123" t="s">
         <v>457</v>
       </c>
-      <c r="B123" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E123" t="s">
-        <v>417</v>
+        <v>458</v>
       </c>
       <c r="F123" t="s">
-        <v>454</v>
+        <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H123" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="D124" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E124" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H124" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D125" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E125" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H125" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D126" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E126" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H126" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>233</v>
+        <v>318</v>
       </c>
       <c r="D127" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E127" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H127" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D128" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E128" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H128" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>476</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
+        <v>457</v>
+      </c>
+      <c r="E129" t="s">
+        <v>458</v>
+      </c>
+      <c r="F129" t="s">
+        <v>196</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B129" t="s">
-[...14 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>479</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>208</v>
+      </c>
+      <c r="D130" t="s">
         <v>480</v>
       </c>
-      <c r="B130" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E130" t="s">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="F130" t="s">
-        <v>196</v>
+        <v>241</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H130" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="D131" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="E131" t="s">
+        <v>481</v>
+      </c>
+      <c r="F131" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H131" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>488</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="D132" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="E132" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="F132" t="s">
-        <v>489</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H132" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="D133" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="E133" t="s">
+        <v>490</v>
+      </c>
+      <c r="F133" t="s">
+        <v>305</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="F133" t="s">
-[...2 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>496</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>208</v>
+      </c>
+      <c r="D134" t="s">
         <v>497</v>
       </c>
-      <c r="B134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E134" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="F134" t="s">
-        <v>305</v>
+        <v>196</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H134" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>225</v>
       </c>
       <c r="D135" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="E135" t="s">
+        <v>498</v>
+      </c>
+      <c r="F135" t="s">
+        <v>37</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F135" t="s">
-[...2 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>504</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>229</v>
+      </c>
+      <c r="D136" t="s">
+        <v>497</v>
+      </c>
+      <c r="E136" t="s">
+        <v>498</v>
+      </c>
+      <c r="F136" t="s">
+        <v>186</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="H136" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>507</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>233</v>
+      </c>
+      <c r="D137" t="s">
+        <v>497</v>
+      </c>
+      <c r="E137" t="s">
+        <v>498</v>
+      </c>
+      <c r="F137" t="s">
+        <v>27</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H137" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>510</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>318</v>
+      </c>
+      <c r="D138" t="s">
+        <v>497</v>
+      </c>
+      <c r="E138" t="s">
+        <v>498</v>
+      </c>
+      <c r="F138" t="s">
+        <v>414</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H138" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>513</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>322</v>
+      </c>
+      <c r="D139" t="s">
+        <v>497</v>
+      </c>
+      <c r="E139" t="s">
+        <v>498</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H139" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>516</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
+        <v>497</v>
+      </c>
+      <c r="E140" t="s">
+        <v>498</v>
+      </c>
+      <c r="F140" t="s">
+        <v>137</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H140" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>519</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>17</v>
+      </c>
+      <c r="D141" t="s">
+        <v>497</v>
+      </c>
+      <c r="E141" t="s">
+        <v>498</v>
+      </c>
+      <c r="F141" t="s">
+        <v>520</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H141" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>523</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>22</v>
+      </c>
+      <c r="D142" t="s">
+        <v>497</v>
+      </c>
+      <c r="E142" t="s">
+        <v>498</v>
+      </c>
+      <c r="F142" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H142" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>526</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>225</v>
+      </c>
+      <c r="D143" t="s">
+        <v>527</v>
+      </c>
+      <c r="E143" t="s">
+        <v>528</v>
+      </c>
+      <c r="F143" t="s">
+        <v>305</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H143" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>531</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>208</v>
       </c>
-      <c r="D136" t="s">
-[...5 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="D144" t="s">
+        <v>532</v>
+      </c>
+      <c r="E144" t="s">
+        <v>533</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="H136" t="s">
-        <v>508</v>
+      <c r="H144" t="s">
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5585,50 +5871,58 @@
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>